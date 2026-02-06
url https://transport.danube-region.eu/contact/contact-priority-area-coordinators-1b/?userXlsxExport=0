--- v0 (2025-10-02)
+++ v1 (2026-02-06)
@@ -65,51 +65,51 @@
   <si>
     <t>Ms Ksenija Hajduković</t>
   </si>
   <si>
     <t>External consultant</t>
   </si>
   <si>
     <t>hajdukovicksenija@gmail.com</t>
   </si>
   <si>
     <t>Mr Jovko Jaćimović</t>
   </si>
   <si>
     <t>jovko.jacimovic@mgsi.gov.rs</t>
   </si>
   <si>
     <t>Ms Živana Luković</t>
   </si>
   <si>
     <t>zivana.lukovic@mgsi.gov.rs</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>Franc Zepic</t>
+    <t>Mr Franc Zepic</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Deputy coordinator</t>
   </si>
   <si>
     <t>Ministry of Infrastructure</t>
   </si>
   <si>
     <t>Franc.Zepic@gov.si</t>
   </si>
   <si>
     <t>Mr Beno Fekonja</t>
   </si>
   <si>
     <t>PAC</t>
   </si>
   <si>
     <t>beno.fekonja@gov.si</t>
   </si>
   <si>
     <t>Mr Mitja Oberlintner</t>
   </si>